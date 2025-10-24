--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f3c1351ded4c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8be40cd01044f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra481e2e198e14c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa998946fca4ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d116f2431d6458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra481e2e198e14c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a9fda71400d4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa998946fca4ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>