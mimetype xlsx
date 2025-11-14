--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8be40cd01044f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282af86689094725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa998946fca4ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reedca6d1731f4fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a9fda71400d4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa998946fca4ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d4f17adfbd4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reedca6d1731f4fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>