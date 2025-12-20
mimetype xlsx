--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282af86689094725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d436d5470614788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reedca6d1731f4fad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b65bce18d2b4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d4f17adfbd4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reedca6d1731f4fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556f709bc8d44bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b65bce18d2b4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,060</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>