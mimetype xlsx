--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d436d5470614788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c0ee26516b495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b65bce18d2b4050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0270328f2d4bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556f709bc8d44bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b65bce18d2b4050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b060dbf78e4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0270328f2d4bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>42,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>47,615</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>