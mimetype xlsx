--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c0ee26516b495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3460382ccd4936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0270328f2d4bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32ce8c198ac4dc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b060dbf78e4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0270328f2d4bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac62574ccd64423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32ce8c198ac4dc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>44,175</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>42,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>