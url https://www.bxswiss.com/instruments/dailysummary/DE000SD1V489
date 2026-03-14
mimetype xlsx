--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3460382ccd4936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba38a1d46b6453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32ce8c198ac4dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb865a22eee6d4d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac62574ccd64423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32ce8c198ac4dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ebef19227ca43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb865a22eee6d4d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>38,010</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>44,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>