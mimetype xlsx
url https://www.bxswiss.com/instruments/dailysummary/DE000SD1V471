--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d916d9d2bb844fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dace24dd794489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b7907e27e54ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020cae6db00b4479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21bae5f4f494c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b7907e27e54ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e99d1745a1d4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020cae6db00b4479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>