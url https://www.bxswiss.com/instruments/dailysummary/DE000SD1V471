--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dace24dd794489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861d16dc91ed481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020cae6db00b4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9eaac8947f4337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e99d1745a1d4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020cae6db00b4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe40358c0822485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9eaac8947f4337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,885</x:t>
-[...156 lines deleted...]
-          <x:t>182,260</x:t>
+          <x:t>185,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,490</x:t>
-[...274 lines deleted...]
-          <x:t>180,455</x:t>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>