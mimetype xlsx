--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861d16dc91ed481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6474404e54a34dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9eaac8947f4337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4619245574b43aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe40358c0822485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9eaac8947f4337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab286aed5e3d4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4619245574b43aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>179,290</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>190,195</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,520</x:t>
-[...296 lines deleted...]
-          <x:t>180,030</x:t>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>