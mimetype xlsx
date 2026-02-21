--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6474404e54a34dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e84f8c22f04d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4619245574b43aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c7da94aff64cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab286aed5e3d4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4619245574b43aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66fd7054ecd5458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c7da94aff64cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>207,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>