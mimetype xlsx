--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e84f8c22f04d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re743f26687654683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c7da94aff64cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a666f54ed5441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66fd7054ecd5458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c7da94aff64cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187653de32b248e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a666f54ed5441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>153,705</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>169,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>