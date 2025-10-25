--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750114d4261346b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9c805636f24f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62586c6de4094883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9eeb61142a941b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72920983769f4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62586c6de4094883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64b4f402b554fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9eeb61142a941b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,872</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>1,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>