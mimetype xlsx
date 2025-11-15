--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9c805636f24f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9883e343678d4d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9eeb61142a941b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679f0caf2e254ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64b4f402b554fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9eeb61142a941b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc978dd6f184546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679f0caf2e254ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,746</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,678</x:t>
-[...16 lines deleted...]
-          <x:t>0,664</x:t>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,590</x:t>
-[...38 lines deleted...]
-          <x:t>0,577</x:t>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,559</x:t>
-[...65 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>16.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>0,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>