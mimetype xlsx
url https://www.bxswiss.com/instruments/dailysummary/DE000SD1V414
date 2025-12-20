--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9883e343678d4d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b09f42afa14558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679f0caf2e254ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb477c57d199429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc978dd6f184546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679f0caf2e254ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redda7123b11f4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb477c57d199429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>