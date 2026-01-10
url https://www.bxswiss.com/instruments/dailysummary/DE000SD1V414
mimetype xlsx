--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b09f42afa14558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468ce7b7c3194529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb477c57d199429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc60ea650a04f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redda7123b11f4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb477c57d199429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b6351d0a6048e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc60ea650a04f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...53 lines deleted...]
-          <x:t>1,420</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>1,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>