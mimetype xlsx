--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468ce7b7c3194529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e61a5b0302b409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc60ea650a04f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522502942f5f4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b6351d0a6048e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc60ea650a04f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a633798f86a465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522502942f5f4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>