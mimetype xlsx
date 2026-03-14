--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e61a5b0302b409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1e32cd242f4c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522502942f5f4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a3dfa6d0834ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a633798f86a465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522502942f5f4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784bf59dc1da4bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a3dfa6d0834ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,585</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>2,640</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,900</x:t>
-[...377 lines deleted...]
-          <x:t>3,515</x:t>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>