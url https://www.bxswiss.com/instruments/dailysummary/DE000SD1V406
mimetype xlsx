--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3863f7bf4b55426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067e924d524c49dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R386631b2702e4665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3cb004cf53e44f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a000a1b0a645d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R386631b2702e4665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b67bc6a08a41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3cb004cf53e44f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,820</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,805</x:t>
-[...48 lines deleted...]
-          <x:t>6,155</x:t>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>6,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>