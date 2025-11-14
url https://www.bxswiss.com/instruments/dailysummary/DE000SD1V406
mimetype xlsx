--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067e924d524c49dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e7c8d068b940d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3cb004cf53e44f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a66d1ae0a434f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b67bc6a08a41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3cb004cf53e44f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2f17950ad54d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a66d1ae0a434f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,910</x:t>
-[...70 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,020</x:t>
-[...274 lines deleted...]
-          <x:t>6,890</x:t>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>5,565</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>