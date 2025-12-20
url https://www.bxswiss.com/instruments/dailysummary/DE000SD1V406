--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e7c8d068b940d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291ab885d9d84a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a66d1ae0a434f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redad2ac0bab642d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2f17950ad54d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a66d1ae0a434f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86997d9130df41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redad2ac0bab642d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,075</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>