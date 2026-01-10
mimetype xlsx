--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291ab885d9d84a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245fa08fc4de48be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redad2ac0bab642d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd57db56cf1a4592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86997d9130df41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redad2ac0bab642d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2851963b1d9e475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd57db56cf1a4592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>9,025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>