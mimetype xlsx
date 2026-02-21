--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245fa08fc4de48be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8576d458bac443bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd57db56cf1a4592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f532dcfc56948e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2851963b1d9e475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd57db56cf1a4592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e87289cc70e42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f532dcfc56948e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>12,475</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>