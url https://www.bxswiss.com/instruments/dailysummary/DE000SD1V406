--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8576d458bac443bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8491c9d1d24f467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f532dcfc56948e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78708527f31e4d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e87289cc70e42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f532dcfc56948e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb26297f9b5c4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78708527f31e4d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,875</x:t>
-[...183 lines deleted...]
-          <x:t>14,015</x:t>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,765</x:t>
-[...328 lines deleted...]
-          <x:t>16,335</x:t>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>