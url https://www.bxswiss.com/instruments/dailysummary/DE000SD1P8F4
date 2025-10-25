--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6682887638354b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2b296dad0443ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df95ddb3f394204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc281419e1e14464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2215b15b75694fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df95ddb3f394204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b3f560c37a4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc281419e1e14464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1P8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...48 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>