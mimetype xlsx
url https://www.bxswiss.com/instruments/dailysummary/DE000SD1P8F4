--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2b296dad0443ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f29093ba5748ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc281419e1e14464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3044d28b2715479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b3f560c37a4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc281419e1e14464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9acf1f1b42c24598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3044d28b2715479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1P8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,605</x:t>
-[...43 lines deleted...]
-          <x:t>1,670</x:t>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,670</x:t>
-[...16 lines deleted...]
-          <x:t>1,740</x:t>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...183 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,050</x:t>
-[...134 lines deleted...]
-          <x:t>2,020</x:t>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>