--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f29093ba5748ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799a13c005174209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3044d28b2715479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8cdeabd0fe54d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9acf1f1b42c24598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3044d28b2715479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddafb408463e413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8cdeabd0fe54d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1P8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...4 lines deleted...]
-          <x:t>1,960</x:t>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>