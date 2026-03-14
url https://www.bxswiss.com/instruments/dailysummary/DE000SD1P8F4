--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799a13c005174209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2861cbe4c6d44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8cdeabd0fe54d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9b4a3cebb54efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddafb408463e413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8cdeabd0fe54d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eaca44f50844dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9b4a3cebb54efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1P8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,855</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,820</x:t>
-[...161 lines deleted...]
-          <x:t>2,950</x:t>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>