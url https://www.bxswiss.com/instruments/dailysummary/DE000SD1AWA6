--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfedf0bbf133c4b68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b1265803ff4c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a16226c9b248da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad73c98b48546fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a59fca7fbe14a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a16226c9b248da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7aea1ae56774a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad73c98b48546fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1AWA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>