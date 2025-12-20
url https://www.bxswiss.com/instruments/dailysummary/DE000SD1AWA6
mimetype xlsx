--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b1265803ff4c88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762610ae74414e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad73c98b48546fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca616bc38b94e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7aea1ae56774a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad73c98b48546fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ac4815a5941b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca616bc38b94e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1AWA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...48 lines deleted...]
-          <x:t>1,600</x:t>
+          <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...70 lines deleted...]
-          <x:t>1,750</x:t>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...31 lines deleted...]
-          <x:t>1,840</x:t>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>