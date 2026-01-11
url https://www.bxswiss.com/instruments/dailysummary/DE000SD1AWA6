--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762610ae74414e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9b1148e4e04382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca616bc38b94e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfa51442dbe4ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ac4815a5941b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca616bc38b94e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfddd63652a1749c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfa51442dbe4ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1AWA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...97 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...26 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>