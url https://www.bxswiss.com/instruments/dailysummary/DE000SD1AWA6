--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9b1148e4e04382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e40a366b5fc46b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfa51442dbe4ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b735392c22d478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfddd63652a1749c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfa51442dbe4ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49c6f47196d4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b735392c22d478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1AWA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...36 lines deleted...]
-          <x:t>2,560</x:t>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>