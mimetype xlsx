--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e40a366b5fc46b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3979cd5ec842dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b735392c22d478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5585593e66664d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49c6f47196d4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b735392c22d478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a55ae9c90a4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5585593e66664d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1AWA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>3,270</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,225</x:t>
-[...21 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,370</x:t>
-[...11 lines deleted...]
-          <x:t>3,225</x:t>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,165</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>3,330</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>3,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>