--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de83e56e903495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c90483145a4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5662e515457d4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b371c364174fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27506e0aa884264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5662e515457d4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d54560c1f1b42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b371c364174fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD17XJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,145</x:t>
-[...426 lines deleted...]
-          <x:t>4,515</x:t>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,365</x:t>
-[...166 lines deleted...]
-          <x:t>4,460</x:t>
+          <x:t>4,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>