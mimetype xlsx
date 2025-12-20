--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c90483145a4ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6292abb4d8564315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b371c364174fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48c9c9fdcf043e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d54560c1f1b42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b371c364174fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05ad815cc56479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48c9c9fdcf043e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD17XJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>4,170</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,150</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>4,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>10.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>4,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,035</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,960</x:t>
-[...26 lines deleted...]
-          <x:t>4,770</x:t>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>