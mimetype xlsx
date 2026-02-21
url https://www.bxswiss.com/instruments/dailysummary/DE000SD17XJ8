--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6292abb4d8564315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78632ec8eedf411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48c9c9fdcf043e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c171c40a524138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05ad815cc56479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48c9c9fdcf043e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e6cf7d54f94f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c171c40a524138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD17XJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>4,885</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>5,160</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>5,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>