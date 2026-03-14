--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78632ec8eedf411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee8e96a4162438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c171c40a524138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e366461a394cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e6cf7d54f94f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c171c40a524138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebfea5a53684844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e366461a394cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD17XJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,755</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>4,845</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,995</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...235 lines deleted...]
-          <x:t>5,160</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>