--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc319a3d1ed9d4599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7056ba8bff3a4ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a382e6855a44cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44dd68f5baa453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4512948e552e4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a382e6855a44cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4640574fc9254af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44dd68f5baa453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0YTH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>