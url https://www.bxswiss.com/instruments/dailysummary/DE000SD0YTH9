--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7056ba8bff3a4ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde170fe9bb464583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44dd68f5baa453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R648232472e4b4dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4640574fc9254af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44dd68f5baa453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R000a11008d8b4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R648232472e4b4dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0YTH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>26,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,690</x:t>
-[...220 lines deleted...]
-          <x:t>28,180</x:t>
+          <x:t>27,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>