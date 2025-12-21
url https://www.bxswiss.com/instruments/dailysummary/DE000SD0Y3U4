--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78dec214b5c94430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raca9ee300d1c437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59dfaca3c6c64b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5292e35bbf024414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a451b0be6454e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59dfaca3c6c64b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7393148a95044a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5292e35bbf024414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>18,070</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>