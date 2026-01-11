--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raca9ee300d1c437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc7a54d509944f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5292e35bbf024414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f4450a025104b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7393148a95044a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5292e35bbf024414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2208ec0c501949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f4450a025104b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>11,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,905</x:t>
-[...443 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,415</x:t>
-[...90 lines deleted...]
-          <x:t>12,005</x:t>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>