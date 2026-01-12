--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc7a54d509944f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c664d21f0654774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f4450a025104b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c164b7b5e4e45fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2208ec0c501949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f4450a025104b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb821cd1828046b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c164b7b5e4e45fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>