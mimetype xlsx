--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c664d21f0654774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da1300e033044bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c164b7b5e4e45fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bae534ec264df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb821cd1828046b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c164b7b5e4e45fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013536a945834395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bae534ec264df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>13,115</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,045</x:t>
-[...21 lines deleted...]
-          <x:t>12,635</x:t>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>12,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>12,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,195</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>12,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>