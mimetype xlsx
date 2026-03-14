--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da1300e033044bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e1629e97d640bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bae534ec264df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3b8eb23a3f4f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013536a945834395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bae534ec264df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bee41ccec0a4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3b8eb23a3f4f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>12,795</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,695</x:t>
-[...75 lines deleted...]
-          <x:t>12,865</x:t>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>12,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>12,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>