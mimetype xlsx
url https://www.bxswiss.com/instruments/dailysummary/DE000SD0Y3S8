--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adfcafa46ac4325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce379439ba694d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0cdca5fe294aa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1213faf7f3884fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2426fd34209449c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0cdca5fe294aa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224bf07c186a4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1213faf7f3884fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>18,205</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,575</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>17,185</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>16,095</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>17,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>