--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce379439ba694d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2934d43d432142c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1213faf7f3884fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242e1a53d615449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224bf07c186a4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1213faf7f3884fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7f3d2dc8e343e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242e1a53d615449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,525</x:t>
-[...129 lines deleted...]
-          <x:t>17,085</x:t>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,900</x:t>
-[...161 lines deleted...]
-          <x:t>15,780</x:t>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>15,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>