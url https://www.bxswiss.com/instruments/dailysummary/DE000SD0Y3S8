--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2934d43d432142c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9691c7670b2e46aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242e1a53d615449a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed240237e39471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7f3d2dc8e343e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242e1a53d615449a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c9c4f0acef4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed240237e39471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>16,260</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,785</x:t>
-[...296 lines deleted...]
-          <x:t>14,675</x:t>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>