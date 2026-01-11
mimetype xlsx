--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9691c7670b2e46aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eeddd15153443fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed240237e39471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ecea1e96f34db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c9c4f0acef4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed240237e39471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37972a6bb26840d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ecea1e96f34db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>12,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>12,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,455</x:t>
-[...448 lines deleted...]
-          <x:t>12,595</x:t>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,385</x:t>
-[...85 lines deleted...]
-          <x:t>12,545</x:t>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>