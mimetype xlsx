--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eeddd15153443fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4395676b4bc64114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ecea1e96f34db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789785550faa4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37972a6bb26840d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ecea1e96f34db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a6181da715f4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789785550faa4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>13,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,595</x:t>
-[...21 lines deleted...]
-          <x:t>13,185</x:t>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,015</x:t>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,555</x:t>
-[...92 lines deleted...]
-          <x:t>12,145</x:t>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,845</x:t>
-[...193 lines deleted...]
-          <x:t>12,765</x:t>
+          <x:t>12,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>