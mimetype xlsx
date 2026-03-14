--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4395676b4bc64114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72dd7717a018457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789785550faa4d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb8e04276414211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a6181da715f4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789785550faa4d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71eb1babb0234a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb8e04276414211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0Y3S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>13,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>12,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>