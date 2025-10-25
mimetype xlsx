--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512c573a904d4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15175d9039e94a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73db55bf4c2d4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1efd017a6b54413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6db1bca16154ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73db55bf4c2d4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14053da38ff142f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1efd017a6b54413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0VBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>31,960</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,110</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>