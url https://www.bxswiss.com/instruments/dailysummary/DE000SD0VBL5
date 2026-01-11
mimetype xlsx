--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15175d9039e94a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34d28b5e70e4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1efd017a6b54413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955e7fbaf4bc4aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14053da38ff142f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1efd017a6b54413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd8664132034280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955e7fbaf4bc4aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0VBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>38,440</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>