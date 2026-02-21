--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34d28b5e70e4303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b55c8271894f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955e7fbaf4bc4aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78a4135b7d44b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd8664132034280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955e7fbaf4bc4aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fab043c67146f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78a4135b7d44b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0VBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>16,695</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>