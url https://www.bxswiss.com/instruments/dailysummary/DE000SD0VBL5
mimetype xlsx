--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b55c8271894f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0648a6b13441b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78a4135b7d44b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e78e473ceb0491a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fab043c67146f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78a4135b7d44b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889866f1de4147ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e78e473ceb0491a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0VBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>0,928</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,772</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...16 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>0,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...188 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>