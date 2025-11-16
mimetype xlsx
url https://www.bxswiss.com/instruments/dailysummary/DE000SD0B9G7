--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7d8bfb98304d0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0837047d9b1f482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec52e06c6b6f4c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52295b39c9314ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref708935e52c4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec52e06c6b6f4c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1f61f52ade4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52295b39c9314ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0B9G7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>