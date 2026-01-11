--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0837047d9b1f482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ad5370c31844a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52295b39c9314ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8c9e1629924429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1f61f52ade4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52295b39c9314ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf66f304178e484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8c9e1629924429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0B9G7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>15,175</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>