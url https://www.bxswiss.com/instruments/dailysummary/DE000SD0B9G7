--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ad5370c31844a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00713534ade54916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8c9e1629924429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5978e3ad999446cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf66f304178e484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8c9e1629924429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a4ce3d79e2492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5978e3ad999446cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0B9G7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>14,565</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,805</x:t>
-[...21 lines deleted...]
-          <x:t>13,405</x:t>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>13,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>