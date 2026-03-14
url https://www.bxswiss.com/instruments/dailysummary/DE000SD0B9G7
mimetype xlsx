--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00713534ade54916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bf34e3850c4840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5978e3ad999446cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055621e41953436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a4ce3d79e2492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5978e3ad999446cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ff3d253cff47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055621e41953436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD0B9G7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>12,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>12,805</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,615</x:t>
-[...26 lines deleted...]
-          <x:t>13,635</x:t>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,635</x:t>
-[...36 lines deleted...]
-          <x:t>13,225</x:t>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>