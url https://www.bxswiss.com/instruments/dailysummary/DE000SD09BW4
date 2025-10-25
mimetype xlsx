--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref05d4a41fe44219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e7969c350924314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e5d1fe2dfe14963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4022491cbf1455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9d157eb3fa43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e5d1fe2dfe14963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025ea2ce1d8e4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4022491cbf1455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD09BW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,807</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>