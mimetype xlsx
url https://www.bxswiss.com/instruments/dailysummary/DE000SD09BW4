--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e7969c350924314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f295adcac64c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4022491cbf1455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8728bfabec4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025ea2ce1d8e4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4022491cbf1455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d617e64d48e431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8728bfabec4c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD09BW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,658</x:t>
-[...305 lines deleted...]
-        <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...316 lines deleted...]
-          <x:t>0,857</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>