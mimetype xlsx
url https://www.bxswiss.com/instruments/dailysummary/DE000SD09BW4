--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f295adcac64c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e012acb14c4dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8728bfabec4c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e785684054f4e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d617e64d48e431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8728bfabec4c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b2ee2e4e4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e785684054f4e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD09BW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,548</x:t>
-[...620 lines deleted...]
-          <x:t>0,624</x:t>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>