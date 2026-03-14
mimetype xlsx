--- v3 (2025-12-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e012acb14c4dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512438a4ea834997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e785684054f4e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab93fcf0230145a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b2ee2e4e4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e785684054f4e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4cdf1d0dda4703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab93fcf0230145a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD09BW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...431 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,497</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,552</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>