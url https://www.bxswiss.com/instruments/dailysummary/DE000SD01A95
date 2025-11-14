--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68060396c3104168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa8290f25ea45a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R198225b685f848be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e27367c3004f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5d3cd0b55b4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R198225b685f848be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c2af0359024edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e27367c3004f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,490</x:t>
-[...571 lines deleted...]
-          <x:t>18,110</x:t>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>