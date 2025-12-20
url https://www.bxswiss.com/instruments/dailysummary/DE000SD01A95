--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa8290f25ea45a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R131e1f9ad1a541e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e27367c3004f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54796fed0f546b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c2af0359024edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e27367c3004f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1111a494d66a4375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54796fed0f546b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,210</x:t>
-[...16 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,070</x:t>
-[...414 lines deleted...]
-          <x:t>21,100</x:t>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>