--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R131e1f9ad1a541e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb67fa0ef0c94dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54796fed0f546b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55205bda56cd4bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1111a494d66a4375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54796fed0f546b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd06349c968c14a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55205bda56cd4bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>21,620</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,500</x:t>
-[...161 lines deleted...]
-          <x:t>22,520</x:t>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>