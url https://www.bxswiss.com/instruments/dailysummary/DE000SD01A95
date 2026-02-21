--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb67fa0ef0c94dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71dbcbe910d4449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55205bda56cd4bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R855d15eecb724cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd06349c968c14a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55205bda56cd4bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a99cef7e614eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R855d15eecb724cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,100</x:t>
-[...26 lines deleted...]
-          <x:t>24,950</x:t>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>27,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>