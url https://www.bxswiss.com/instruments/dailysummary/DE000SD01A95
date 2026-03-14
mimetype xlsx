--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71dbcbe910d4449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf24c263c92a4e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R855d15eecb724cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3977b8f6ee4ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a99cef7e614eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R855d15eecb724cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175c5c8454824fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3977b8f6ee4ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>25,730</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>27,490</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,130</x:t>
-[...252 lines deleted...]
-          <x:t>31,200</x:t>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>