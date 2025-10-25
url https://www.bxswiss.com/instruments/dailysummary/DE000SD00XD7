--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc10110450734aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05875b7edd14457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40ecc8cbf3c4654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R147a70ba02de4010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae59029dfae94b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40ecc8cbf3c4654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd054d0500149e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R147a70ba02de4010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD00XD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,280</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,255</x:t>
-[...97 lines deleted...]
-          <x:t>3,420</x:t>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,440</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,540</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...4 lines deleted...]
-          <x:t>3,625</x:t>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>