--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05875b7edd14457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca753ee07c78413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R147a70ba02de4010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955b326eedb64a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd054d0500149e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R147a70ba02de4010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364814dfeabc4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955b326eedb64a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD00XD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,420</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,405</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,335</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,445</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>3,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>