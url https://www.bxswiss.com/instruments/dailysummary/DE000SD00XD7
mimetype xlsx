--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca753ee07c78413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67af9963d5d0406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955b326eedb64a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b09032e0074fc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364814dfeabc4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955b326eedb64a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e74353c959a4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b09032e0074fc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD00XD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,610</x:t>
-[...21 lines deleted...]
-          <x:t>3,670</x:t>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,645</x:t>
-[...598 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>