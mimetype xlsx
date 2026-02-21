--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67af9963d5d0406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fc90e96ecb4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b09032e0074fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd856a667397452c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e74353c959a4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b09032e0074fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dad6d7e392a41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd856a667397452c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD00XD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,595</x:t>
-[...92 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,705</x:t>
-[...274 lines deleted...]
-          <x:t>3,685</x:t>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,845</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>