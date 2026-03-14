--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fc90e96ecb4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70297f8da11428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd856a667397452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089add298877453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dad6d7e392a41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd856a667397452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9b8febc57c4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089add298877453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD00XD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>4,225</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,195</x:t>
-[...119 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>4,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>4,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>4,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>