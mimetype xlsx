--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851a6db93ab64720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cfd63735f04ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R585138883ff14254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe302f1daa3b4224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01bd2b2367354a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R585138883ff14254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cdab3dd1594277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe302f1daa3b4224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on ICE EUA Future Dec 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5U8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>