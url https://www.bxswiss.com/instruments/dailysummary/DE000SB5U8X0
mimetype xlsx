--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cfd63735f04ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096cc512384b463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe302f1daa3b4224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153e0f1b0af644a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cdab3dd1594277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe302f1daa3b4224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c5031940f54fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153e0f1b0af644a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on ICE EUA Future Dec 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5U8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>