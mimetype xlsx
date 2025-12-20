--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096cc512384b463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c889707432429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153e0f1b0af644a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3005a31d7734b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c5031940f54fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153e0f1b0af644a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7add6e0d5424eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3005a31d7734b7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on ICE EUA Future Dec 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5U8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...153 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>