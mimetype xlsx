--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c889707432429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af352daaa4d403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3005a31d7734b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cd5836e9ef4dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7add6e0d5424eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3005a31d7734b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03de16905dec4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cd5836e9ef4dad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on ICE EUA Future Dec 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5U8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>