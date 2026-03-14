--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af352daaa4d403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581ac2ec1d0e4a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cd5836e9ef4dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d47e03d96c4a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03de16905dec4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cd5836e9ef4dad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e7d88f7e6a4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d47e03d96c4a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on ICE EUA Future Dec 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5U8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>