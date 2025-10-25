--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a56a5822d9244cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28f97975d5a94463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R475d981af2c64624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14a349c4de34869"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb8d08db611481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R475d981af2c64624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57e2b8b0d134c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14a349c4de34869" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>22,465</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>21,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>21,845</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>