--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28f97975d5a94463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998f80ea60c745cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14a349c4de34869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6d6fe61f4d4767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57e2b8b0d134c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14a349c4de34869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ba8362a66d4274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6d6fe61f4d4767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>21,570</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,515</x:t>
-[...11 lines deleted...]
-          <x:t>21,315</x:t>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,060</x:t>
-[...75 lines deleted...]
-          <x:t>21,815</x:t>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,485</x:t>
-[...117 lines deleted...]
-          <x:t>20,180</x:t>
+          <x:t>20,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>