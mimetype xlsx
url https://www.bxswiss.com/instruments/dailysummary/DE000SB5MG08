--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998f80ea60c745cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2424fe9affe740ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6d6fe61f4d4767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9769f6ca81243b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ba8362a66d4274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6d6fe61f4d4767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7f5898d2cf4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9769f6ca81243b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>19,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,135</x:t>
-[...259 lines deleted...]
-          <x:t>19,115</x:t>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,965</x:t>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>