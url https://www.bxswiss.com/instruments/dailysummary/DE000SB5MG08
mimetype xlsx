--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2424fe9affe740ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a5c59494744e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9769f6ca81243b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44e5bb805be4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7f5898d2cf4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9769f6ca81243b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8524a8b9ae945e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44e5bb805be4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>17,805</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,720</x:t>
-[...43 lines deleted...]
-          <x:t>17,625</x:t>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,215</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>16,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,815</x:t>
-[...544 lines deleted...]
-          <x:t>16,885</x:t>
+          <x:t>17,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>