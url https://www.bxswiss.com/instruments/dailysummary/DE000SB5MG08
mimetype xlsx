--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a5c59494744e1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9504ea5a0ff44a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44e5bb805be4b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c276414847f4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8524a8b9ae945e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44e5bb805be4b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R282dd62efb794dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c276414847f4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>17,515</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,575</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>17,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>17,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,995</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>17,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>