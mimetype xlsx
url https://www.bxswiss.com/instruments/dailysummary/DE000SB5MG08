--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9504ea5a0ff44a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24ed3a54f804884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c276414847f4471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e747495841c4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R282dd62efb794dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c276414847f4471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d64678f8394ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e747495841c4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5MG08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,195</x:t>
-        </x:is>
-[...418 lines deleted...]
-          <x:t>16,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>