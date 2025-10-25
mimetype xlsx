--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f9d7aeb2e4441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2ffd9102a14b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0401989cf3f4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ff5e50a4c54ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd6ae911f344804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0401989cf3f4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3172278e93024529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ff5e50a4c54ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,420</x:t>
-[...48 lines deleted...]
-          <x:t>3,585</x:t>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,710</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,810</x:t>
-[...9 lines deleted...]
-          <x:t>2,750</x:t>
+          <x:t>2,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>