--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2ffd9102a14b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b61a079d3bf47ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ff5e50a4c54ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8a0c8f05b44e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3172278e93024529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ff5e50a4c54ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1665203cb7c14ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8a0c8f05b44e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>2,210</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,530</x:t>
-[...436 lines deleted...]
-          <x:t>2,740</x:t>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>