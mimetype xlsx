--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b61a079d3bf47ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06151470885d4f1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8a0c8f05b44e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dbcbc42b5644711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1665203cb7c14ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8a0c8f05b44e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106d673aefc74272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dbcbc42b5644711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,600</x:t>
-[...80 lines deleted...]
-          <x:t>2,750</x:t>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>2,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>