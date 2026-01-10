--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06151470885d4f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd418674c4af4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dbcbc42b5644711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ed4ed31a29486a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106d673aefc74272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dbcbc42b5644711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f4529622d3a45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ed4ed31a29486a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,260</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,240</x:t>
-[...119 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>1,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>