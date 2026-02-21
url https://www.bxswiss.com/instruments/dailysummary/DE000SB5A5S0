--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd418674c4af4284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c05af9aa5d409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ed4ed31a29486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f836b0cc0e4061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f4529622d3a45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ed4ed31a29486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf962d7a7a0644718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f836b0cc0e4061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>2,250</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>