--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c05af9aa5d409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a1713879fa4a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f836b0cc0e4061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4526df81ab344432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf962d7a7a0644718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f836b0cc0e4061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a64c5ca850b47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4526df81ab344432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on BioNTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB5A5S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,340</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,340</x:t>
-[...264 lines deleted...]
-          <x:t>2,770</x:t>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>2,905</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>