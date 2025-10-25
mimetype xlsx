--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3444771caca14d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb88bc709164a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94c5759516cb4410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf636ba72bd4be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9681c8c2ade24d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94c5759516cb4410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e78b46f69ad4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf636ba72bd4be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57UD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>19,225</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,635</x:t>
-[...43 lines deleted...]
-          <x:t>17,465</x:t>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,245</x:t>
-[...566 lines deleted...]
-          <x:t>18,605</x:t>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>