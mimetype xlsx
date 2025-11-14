--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb88bc709164a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22343c8067641df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf636ba72bd4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca17605a8bf4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e78b46f69ad4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf636ba72bd4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30f4367bc9994743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca17605a8bf4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57UD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,555</x:t>
-[...156 lines deleted...]
-          <x:t>18,075</x:t>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,810</x:t>
-[...134 lines deleted...]
-          <x:t>16,790</x:t>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>17,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,265</x:t>
-[...75 lines deleted...]
-          <x:t>16,340</x:t>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>16,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>