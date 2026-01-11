--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22343c8067641df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fa9327307041ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca17605a8bf4eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9bacfbbf9b4753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30f4367bc9994743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca17605a8bf4eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671e071e3c7d47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9bacfbbf9b4753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57UD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>15,715</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>