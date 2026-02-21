--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fa9327307041ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecf525a0488489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9bacfbbf9b4753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9717b9f331b14efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671e071e3c7d47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9bacfbbf9b4753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b60e995b4544c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9717b9f331b14efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57UD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>14,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,275</x:t>
-[...53 lines deleted...]
-          <x:t>14,065</x:t>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,595</x:t>
-[...124 lines deleted...]
-          <x:t>14,395</x:t>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,785</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>13,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>