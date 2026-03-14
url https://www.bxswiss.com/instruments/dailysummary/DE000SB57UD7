--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecf525a0488489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67243bb898e4b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9717b9f331b14efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b54d5e9f6264a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b60e995b4544c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9717b9f331b14efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f92766d86e4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b54d5e9f6264a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57UD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>14,320</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>13,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...301 lines deleted...]
-          <x:t>13,745</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,905</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>13,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>