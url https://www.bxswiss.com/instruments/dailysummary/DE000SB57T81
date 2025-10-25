--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c99eaabfafa4816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d585f1a6c04152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0692a25166da4507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87213c6de8b14aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ea4a73cceb4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0692a25166da4507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ac7bc7c7fc4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87213c6de8b14aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57T81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>20,555</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>19,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,795</x:t>
-[...26 lines deleted...]
-          <x:t>19,315</x:t>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>19,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>