--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d585f1a6c04152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce25911aa0724636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87213c6de8b14aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703d7adf4f5a4dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ac7bc7c7fc4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87213c6de8b14aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb362256f659f4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703d7adf4f5a4dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57T81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>18,260</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>