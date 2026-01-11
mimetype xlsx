--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce25911aa0724636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5db1e7dd824f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703d7adf4f5a4dd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf2be3779634b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb362256f659f4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703d7adf4f5a4dd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1421493e075c4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf2be3779634b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57T81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,995</x:t>
-[...26 lines deleted...]
-          <x:t>15,755</x:t>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,435</x:t>
-[...411 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,215</x:t>
-[...90 lines deleted...]
-          <x:t>14,945</x:t>
+          <x:t>15,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>