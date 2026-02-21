--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5db1e7dd824f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264bb8c44d8c42cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf2be3779634b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033ba6d8b98742e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1421493e075c4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf2be3779634b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ceee9d28445454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033ba6d8b98742e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57T81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>16,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>15,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,695</x:t>
-[...11 lines deleted...]
-          <x:t>15,545</x:t>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,285</x:t>
-[...11 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,985</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,775</x:t>
-[...43 lines deleted...]
-          <x:t>14,795</x:t>
+          <x:t>14,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,085</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>15,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>