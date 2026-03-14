--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264bb8c44d8c42cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714b598c6f5d4586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033ba6d8b98742e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81367f38dca04ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ceee9d28445454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033ba6d8b98742e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59fc54d435494cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81367f38dca04ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB57T81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>15,640</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>16,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>15,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,245</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>15,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>