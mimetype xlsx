--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e69b40b75ae4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a1c97456e24449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810506c4f91d4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfdd71250cf4008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref81a7c015eb4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810506c4f91d4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb538a6dc77e4ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfdd71250cf4008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>14,340</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,080</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>