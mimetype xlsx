--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a1c97456e24449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ca3434c98b48d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfdd71250cf4008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54b876854af4539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb538a6dc77e4ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfdd71250cf4008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdb8dae527c48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54b876854af4539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>13,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,245</x:t>
-[...144 lines deleted...]
-          <x:t>13,195</x:t>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>