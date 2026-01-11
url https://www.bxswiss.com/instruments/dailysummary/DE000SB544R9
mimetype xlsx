--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ca3434c98b48d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1f146f1da4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54b876854af4539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a300abf2f94a23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdb8dae527c48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54b876854af4539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0a7f7284264b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a300abf2f94a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,845</x:t>
-[...43 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,815</x:t>
-[...4 lines deleted...]
-          <x:t>12,600</x:t>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>12,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,655</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>12,765</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>12,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>