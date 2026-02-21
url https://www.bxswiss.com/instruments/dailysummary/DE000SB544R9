--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1f146f1da4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b55522362e443c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a300abf2f94a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b6b9be4f594dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0a7f7284264b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a300abf2f94a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215c8ff53e3b4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b6b9be4f594dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>12,410</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,350</x:t>
-[...48 lines deleted...]
-          <x:t>12,470</x:t>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>12,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>