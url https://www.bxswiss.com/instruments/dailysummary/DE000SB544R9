--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b55522362e443c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7666c4dbf449b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b6b9be4f594dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17935c326eb5414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215c8ff53e3b4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b6b9be4f594dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb1cb3510ca4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17935c326eb5414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>