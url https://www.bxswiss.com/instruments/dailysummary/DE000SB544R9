--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7666c4dbf449b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dfff2819fee451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17935c326eb5414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b50966efef4f28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb1cb3510ca4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17935c326eb5414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89cc7fbf3614354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b50966efef4f28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 2.0 x Long on Cotton Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB544R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>12,100</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,670</x:t>
-[...6 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,920</x:t>
-[...43 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>11,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>