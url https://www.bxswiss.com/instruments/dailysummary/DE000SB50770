--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R680f55b533cd4d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2f52501a7244c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b64c49ed094c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d99bf1d7144f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98259c4ef20488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b64c49ed094c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182553a77fcf4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d99bf1d7144f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Logitech International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB50770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...92 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,654</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>0,683</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,706</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>0,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>