--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2f52501a7244c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra50dd560e8934c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d99bf1d7144f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R441d1b53e2564b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182553a77fcf4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d99bf1d7144f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ad17732e554a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R441d1b53e2564b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Logitech International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB50770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,683</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,639</x:t>
-[...512 lines deleted...]
-          <x:t>0,706</x:t>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>