--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra50dd560e8934c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8824f1a8829e4c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R441d1b53e2564b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce34d686ae3d4bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ad17732e554a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R441d1b53e2564b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a70c7d925dd4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce34d686ae3d4bb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Logitech International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB50770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>0,336</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>