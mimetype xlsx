--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8824f1a8829e4c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81579a67c7054318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce34d686ae3d4bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59aab4f8d3a74965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a70c7d925dd4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce34d686ae3d4bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae072619efb44dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59aab4f8d3a74965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Logitech International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB50770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,267</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
-[...16 lines deleted...]
-          <x:t>0,263</x:t>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,258</x:t>
-[...593 lines deleted...]
-          <x:t>0,202</x:t>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>