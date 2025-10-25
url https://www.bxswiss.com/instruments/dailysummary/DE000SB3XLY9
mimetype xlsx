--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4b770258f14974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09f787993ea42e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R240709d8baf8460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eaa4399c2c94ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc5b175a7944946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R240709d8baf8460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd866ae20643c41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eaa4399c2c94ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>32,810</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,350</x:t>
-[...318 lines deleted...]
-          <x:t>32,530</x:t>
+          <x:t>35,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,250</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>35,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,195</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>