--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09f787993ea42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2579e778c54ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eaa4399c2c94ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa75a1590e94cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd866ae20643c41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eaa4399c2c94ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ae514dbf04816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa75a1590e94cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>36,815</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,705</x:t>
-[...43 lines deleted...]
-          <x:t>37,795</x:t>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,515</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>37,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,885</x:t>
-[...21 lines deleted...]
-          <x:t>36,435</x:t>
+          <x:t>37,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,155</x:t>
-[...220 lines deleted...]
-          <x:t>37,985</x:t>
+          <x:t>37,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>