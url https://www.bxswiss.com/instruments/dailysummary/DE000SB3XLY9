--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2579e778c54ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90638a1f813749eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa75a1590e94cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27d0d36f2c2a4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ae514dbf04816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa75a1590e94cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9615812c13564a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27d0d36f2c2a4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>