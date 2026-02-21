--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90638a1f813749eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd3902dea0d4d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27d0d36f2c2a4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367394a5bc094c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9615812c13564a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27d0d36f2c2a4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f4a5ef938a47ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367394a5bc094c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>42,935</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,805</x:t>
-[...75 lines deleted...]
-          <x:t>46,715</x:t>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,085</x:t>
-[...70 lines deleted...]
-          <x:t>46,555</x:t>
+          <x:t>45,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,105</x:t>
-[...75 lines deleted...]
-          <x:t>46,410</x:t>
+          <x:t>42,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>48,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>