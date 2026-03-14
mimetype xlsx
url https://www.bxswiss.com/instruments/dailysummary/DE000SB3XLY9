--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd3902dea0d4d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ab8cedf33745d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367394a5bc094c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce78728fd3140b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f4a5ef938a47ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367394a5bc094c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2d5ba8ca5d4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce78728fd3140b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,160</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>49,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,520</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>