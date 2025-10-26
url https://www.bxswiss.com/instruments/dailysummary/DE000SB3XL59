--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581cff19e345482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ace4dd205b14616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf0c3dde87a45df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49c56b102f24baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f065b2df2c42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf0c3dde87a45df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c0c3f04f864d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49c56b102f24baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,175</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,203</x:t>
-[...16 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>