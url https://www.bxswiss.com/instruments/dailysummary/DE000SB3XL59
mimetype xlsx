--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ace4dd205b14616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa718e037ae4a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49c56b102f24baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d3e3cc16b34016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c0c3f04f864d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49c56b102f24baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda9f988b74d4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d3e3cc16b34016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,155</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,152</x:t>
-[...134 lines deleted...]
-          <x:t>0,245</x:t>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,249</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>