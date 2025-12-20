--- v2 (2025-11-17)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa718e037ae4a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb7d773432e45a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d3e3cc16b34016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a76824701804617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda9f988b74d4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d3e3cc16b34016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ff42efcd854825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a76824701804617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,266</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,258</x:t>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,284</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,249</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>