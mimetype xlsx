--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb7d773432e45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3316c1e1988f4d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a76824701804617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d041e923f394a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ff42efcd854825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a76824701804617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb064e8c2f34ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d041e923f394a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,286</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,282</x:t>
-[...53 lines deleted...]
-          <x:t>0,286</x:t>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,337</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,339</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>