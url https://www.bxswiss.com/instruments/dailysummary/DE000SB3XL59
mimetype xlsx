--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3316c1e1988f4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d812608d50b480f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d041e923f394a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd372db873140a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb064e8c2f34ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d041e923f394a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76af22e1c4b84554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd372db873140a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...48 lines deleted...]
-          <x:t>0,346</x:t>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,334</x:t>
-[...48 lines deleted...]
-          <x:t>0,390</x:t>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,387</x:t>
-[...65 lines deleted...]
-          <x:t>0,420</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,459</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...58 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>