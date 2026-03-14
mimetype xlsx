--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d812608d50b480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714c6f8c524b4d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd372db873140a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8bb4f743e04218"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76af22e1c4b84554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd372db873140a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15c3c0bb5a0460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8bb4f743e04218" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,384</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>0,636</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>