--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ceecd51ce0e4618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323b7f540d424f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra944ffad9d9f4ba8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333c7bea19434dd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb547e2888d46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra944ffad9d9f4ba8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da973a053144800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333c7bea19434dd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,700</x:t>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>2,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>