--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323b7f540d424f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5f36afb1134b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333c7bea19434dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f85ce96fad4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da973a053144800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333c7bea19434dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re598edfb332e411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f85ce96fad4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,290</x:t>
-[...529 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,260</x:t>
-[...21 lines deleted...]
-          <x:t>3,215</x:t>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
-[...58 lines deleted...]
-          <x:t>2,960</x:t>
+          <x:t>3,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>