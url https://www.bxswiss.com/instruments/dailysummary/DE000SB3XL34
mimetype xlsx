--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5f36afb1134b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f7747f5cbd47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f85ce96fad4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3e4e7ee7024f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re598edfb332e411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f85ce96fad4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c4eaf1df3747ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3e4e7ee7024f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,225</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>