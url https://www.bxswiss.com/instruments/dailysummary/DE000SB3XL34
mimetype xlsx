--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f7747f5cbd47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5037df07b4b84f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3e4e7ee7024f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65b42a10323d4ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c4eaf1df3747ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3e4e7ee7024f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4177a363cc44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65b42a10323d4ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,185</x:t>
-[...26 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,870</x:t>
-[...38 lines deleted...]
-          <x:t>4,185</x:t>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,025</x:t>
-[...237 lines deleted...]
-          <x:t>5,120</x:t>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>