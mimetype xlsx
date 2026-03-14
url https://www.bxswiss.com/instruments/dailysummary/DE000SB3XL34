--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5037df07b4b84f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40e88032ab84e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65b42a10323d4ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a214e3062e546fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4177a363cc44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65b42a10323d4ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cefb16cba2948fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a214e3062e546fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,200</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>