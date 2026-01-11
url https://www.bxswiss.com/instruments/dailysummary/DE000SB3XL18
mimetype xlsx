--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0b809f087f4ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d8d6c3e88745e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdd2cea1100d436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3d6f2b38e6425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02cd3a3ac6ab4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdd2cea1100d436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e4ac85362149dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3d6f2b38e6425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>13,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,150</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>12,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,950</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>