--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d8d6c3e88745e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab25e8d75228493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3d6f2b38e6425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2624fccbe3f14000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e4ac85362149dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3d6f2b38e6425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fea98e663b4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2624fccbe3f14000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>15,025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,985</x:t>
-[...87 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,975</x:t>
-[...117 lines deleted...]
-          <x:t>17,290</x:t>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>