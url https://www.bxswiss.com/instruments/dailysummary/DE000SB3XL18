--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab25e8d75228493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af262278dff4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2624fccbe3f14000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49846b0933d5405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fea98e663b4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2624fccbe3f14000" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f797077409450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49846b0933d5405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>14,495</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>21,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>