--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29cbd80257d480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d16e4810414ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9dae9be70954139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ca2b3aa3cd4655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc014f403a64e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9dae9be70954139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b4706eb8204064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ca2b3aa3cd4655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Procter &amp; Gamble</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XHC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,221</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,218</x:t>
-[...512 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>