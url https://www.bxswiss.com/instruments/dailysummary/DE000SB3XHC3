--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d16e4810414ac5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e72e812a014b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ca2b3aa3cd4655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f3eb4407ab449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b4706eb8204064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ca2b3aa3cd4655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38d7185818244f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f3eb4407ab449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Procter &amp; Gamble</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XHC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,281</x:t>
-[...21 lines deleted...]
-          <x:t>0,274</x:t>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,270</x:t>
-[...178 lines deleted...]
-          <x:t>0,297</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,271</x:t>
-[...97 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,307</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...193 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>