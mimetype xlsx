--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e72e812a014b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0c99e2b4c64882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f3eb4407ab449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a54158301824262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38d7185818244f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f3eb4407ab449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5df453ee3744bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a54158301824262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Procter &amp; Gamble</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XHC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,403</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>