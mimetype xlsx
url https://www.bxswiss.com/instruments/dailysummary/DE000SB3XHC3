--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0c99e2b4c64882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d607333dd7469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a54158301824262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d675478230413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5df453ee3744bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a54158301824262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa5cdb43c97c4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d675478230413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Procter &amp; Gamble</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XHC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>0,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,176</x:t>
-[...16 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,164</x:t>
-[...119 lines deleted...]
-          <x:t>0,153</x:t>
+          <x:t>0,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,144</x:t>
-[...193 lines deleted...]
-          <x:t>0,150</x:t>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>