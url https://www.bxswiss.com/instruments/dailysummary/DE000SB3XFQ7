--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b9b8fbbcc34aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dfbb40ea4fd41b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc2fde302424de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R198c3fca919b48c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ce864143074f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc2fde302424de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894740ca7358477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R198c3fca919b48c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on PayPal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...53 lines deleted...]
-          <x:t>0,197</x:t>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,162</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
-[...33 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,200</x:t>
-[...441 lines deleted...]
-          <x:t>0,143</x:t>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>