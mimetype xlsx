--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dfbb40ea4fd41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec8409f512b4e02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R198c3fca919b48c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568e64b0e577412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894740ca7358477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R198c3fca919b48c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0384aea023e34da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568e64b0e577412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on PayPal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,181</x:t>
-[...394 lines deleted...]
-          <x:t>0,169</x:t>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,167</x:t>
-[...139 lines deleted...]
-          <x:t>0,186</x:t>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>