--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec8409f512b4e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7eb76d5db9149fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568e64b0e577412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825892ddbfe746b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0384aea023e34da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568e64b0e577412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7689ac14104275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825892ddbfe746b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on PayPal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,249</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,232</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,229</x:t>
-[...21 lines deleted...]
-          <x:t>0,288</x:t>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...539 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>