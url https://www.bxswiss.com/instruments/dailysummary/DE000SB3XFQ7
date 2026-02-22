--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7eb76d5db9149fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430b06f905e04a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825892ddbfe746b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffbfa2f1f884262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7689ac14104275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825892ddbfe746b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e359cf0e584470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffbfa2f1f884262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on PayPal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,258</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,235</x:t>
-[...112 lines deleted...]
-          <x:t>0,270</x:t>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>