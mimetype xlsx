--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430b06f905e04a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c8a0b1130842cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffbfa2f1f884262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5738d21d810144d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e359cf0e584470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffbfa2f1f884262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e2b99c5ddc41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5738d21d810144d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on PayPal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,291</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,291</x:t>
-[...16 lines deleted...]
-          <x:t>0,322</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,318</x:t>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,351</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>0,619</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>