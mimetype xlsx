--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb936a4c8344d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf241df0911a440e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976c006d4e614d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3809f5f0286430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2063390d184947bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976c006d4e614d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2a472260a346b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3809f5f0286430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>0,642</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>