--- v1 (2025-11-15)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf241df0911a440e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8268f03c6f4b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3809f5f0286430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08339823f264ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2a472260a346b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3809f5f0286430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e07166229449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08339823f264ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>