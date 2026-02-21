--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8268f03c6f4b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R639ca68d877644be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08339823f264ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ba91134eb04b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e07166229449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08339823f264ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8754cc423024401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ba91134eb04b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,262</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,226</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,216</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>