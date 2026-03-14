--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R639ca68d877644be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6246e54a471d4a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ba91134eb04b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1c743234c25409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8754cc423024401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ba91134eb04b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749d2ebfcd0640e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1c743234c25409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XFH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,143</x:t>
-[...11 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,155</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>0,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>