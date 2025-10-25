--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103fab2ab08c46da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518d207b42af4fdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14b2149c123144fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b001fbf39484c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea26b00de2854c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14b2149c123144fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc3410c907a4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b001fbf39484c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Amgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XEU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,508</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...467 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>