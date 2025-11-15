--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518d207b42af4fdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92462bd636474138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b001fbf39484c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859fe2d121bf488a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc3410c907a4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b001fbf39484c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231f24453bd543fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859fe2d121bf488a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Amgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XEU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,377</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,373</x:t>
-[...16 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...345 lines deleted...]
-          <x:t>0,342</x:t>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,388</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>