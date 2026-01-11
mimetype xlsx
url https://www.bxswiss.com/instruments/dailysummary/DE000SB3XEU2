--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92462bd636474138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1983cb7bbce4846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859fe2d121bf488a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbe66a2d9084fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231f24453bd543fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859fe2d121bf488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b33a66bde5945a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbe66a2d9084fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Amgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XEU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>0,250</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,262</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,188</x:t>
-[...11 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,203</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>