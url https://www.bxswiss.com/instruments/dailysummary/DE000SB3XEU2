--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1983cb7bbce4846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1fab280dc1149dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbe66a2d9084fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09d3d8e40654375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b33a66bde5945a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbe66a2d9084fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ee9ba528864ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09d3d8e40654375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Amgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XEU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,206</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,203</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,174</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,172</x:t>
-[...31 lines deleted...]
-          <x:t>0,199</x:t>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>