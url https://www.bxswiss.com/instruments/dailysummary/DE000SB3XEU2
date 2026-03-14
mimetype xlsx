--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1fab280dc1149dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b4644c0ed1441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09d3d8e40654375"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re343e7a9c6af4a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ee9ba528864ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09d3d8e40654375" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a137f45351943da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re343e7a9c6af4a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Amgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XEU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>0,113</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,102</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,089</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,108</x:t>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,108</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,098</x:t>
-[...80 lines deleted...]
-          <x:t>0,097</x:t>
+          <x:t>0,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>