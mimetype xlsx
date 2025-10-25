--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038c5fff0d1e4dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14367a7141844ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fcec9f62d4a4c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recfab0306958434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b1a7bb311c4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fcec9f62d4a4c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ccdcc6c56e4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recfab0306958434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Cognizant Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XE58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,580</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,612</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,682</x:t>
-[...102 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>0,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>