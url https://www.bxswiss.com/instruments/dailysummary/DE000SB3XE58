--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14367a7141844ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369a8cc614fc49e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recfab0306958434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb55c1d71c44903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ccdcc6c56e4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recfab0306958434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881048d60abb46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb55c1d71c44903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Cognizant Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XE58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,679</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,733</x:t>
-[...195 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,707</x:t>
-[...360 lines deleted...]
-          <x:t>0,660</x:t>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>