--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369a8cc614fc49e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9a43e95e1a4434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb55c1d71c44903"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ba035adf4e496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881048d60abb46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb55c1d71c44903" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7f8ffd10aa439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ba035adf4e496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Cognizant Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XE58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,464</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>