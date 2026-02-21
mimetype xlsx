--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9a43e95e1a4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb30d79721147a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ba035adf4e496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f87f47de60641c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7f8ffd10aa439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ba035adf4e496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb6181980d74daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f87f47de60641c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Cognizant Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XE58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,302</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,309</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...38 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...382 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>