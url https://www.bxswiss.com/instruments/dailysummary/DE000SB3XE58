--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb30d79721147a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58816b2e60e347de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f87f47de60641c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5d8b5643504c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb6181980d74daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f87f47de60641c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc0da59081b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5d8b5643504c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Cognizant Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XE58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>0,246</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>0,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>