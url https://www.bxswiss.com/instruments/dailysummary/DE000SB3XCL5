--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eafc16d30bb4904" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67a8647f7774f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R926c200c3ef24439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098ad4a60a3c4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4199f9b81e734338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R926c200c3ef24439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f98832cb65341d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098ad4a60a3c4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,795</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,670</x:t>
-[...11 lines deleted...]
-          <x:t>5,510</x:t>
+          <x:t>5,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,260</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>6,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>