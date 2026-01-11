--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67a8647f7774f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb147674068a4f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098ad4a60a3c4405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f68199c4ab4268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f98832cb65341d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098ad4a60a3c4405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3c1f65f3eb4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f68199c4ab4268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,840</x:t>
-[...53 lines deleted...]
-          <x:t>5,510</x:t>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,450</x:t>
-[...11 lines deleted...]
-          <x:t>5,500</x:t>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,450</x:t>
-[...70 lines deleted...]
-          <x:t>5,610</x:t>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,330</x:t>
-[...328 lines deleted...]
-          <x:t>5,260</x:t>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>