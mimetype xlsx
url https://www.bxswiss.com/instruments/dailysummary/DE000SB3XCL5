--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb147674068a4f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd865918adb44e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f68199c4ab4268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1386faad6ed4dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3c1f65f3eb4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f68199c4ab4268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb5bafc2848468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1386faad6ed4dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,635</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,420</x:t>
-[...48 lines deleted...]
-          <x:t>6,040</x:t>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,650</x:t>
-[...21 lines deleted...]
-          <x:t>4,980</x:t>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,970</x:t>
-[...323 lines deleted...]
-          <x:t>6,120</x:t>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>