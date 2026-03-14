--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd865918adb44e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75dce86fb2e40a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1386faad6ed4dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5c9d9c7ebd449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb5bafc2848468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1386faad6ed4dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ae9c47a76d49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5c9d9c7ebd449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,165</x:t>
-[...318 lines deleted...]
-          <x:t>4,350</x:t>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,260</x:t>
-[...188 lines deleted...]
-          <x:t>4,050</x:t>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>4,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>