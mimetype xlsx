--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2388dc1784c44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48858f3351404214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c4c5630642c4b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf3ac8860764b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad228aba57643ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c4c5630642c4b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3ed30aca77477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf3ac8860764b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,040</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>8,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,060</x:t>
-[...21 lines deleted...]
-          <x:t>9,780</x:t>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,000</x:t>
-[...286 lines deleted...]
-          <x:t>8,820</x:t>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,770</x:t>
-[...85 lines deleted...]
-          <x:t>9,910</x:t>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>