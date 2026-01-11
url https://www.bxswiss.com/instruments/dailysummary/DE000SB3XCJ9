--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48858f3351404214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9755e1b5671c4c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf3ac8860764b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e77ca719244929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3ed30aca77477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf3ac8860764b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed96a0a7d3944a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e77ca719244929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>11,300</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,940</x:t>
-[...65 lines deleted...]
-          <x:t>10,620</x:t>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>9,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>