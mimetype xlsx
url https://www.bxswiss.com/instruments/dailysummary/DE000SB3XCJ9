--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9755e1b5671c4c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463bdaadda6a43a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e77ca719244929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35dc8628dd014e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed96a0a7d3944a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e77ca719244929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afd7b989c4e498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35dc8628dd014e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>12,065</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,025</x:t>
-[...65 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,900</x:t>
-[...188 lines deleted...]
-          <x:t>12,160</x:t>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,050</x:t>
-[...107 lines deleted...]
-          <x:t>13,035</x:t>
+          <x:t>10,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>