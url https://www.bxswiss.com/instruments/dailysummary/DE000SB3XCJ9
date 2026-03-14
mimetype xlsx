--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463bdaadda6a43a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1db0b9b9e148cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35dc8628dd014e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87ed8be4bdf4c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afd7b989c4e498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35dc8628dd014e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda53d7540653431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87ed8be4bdf4c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>11,235</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>10,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>11,070</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>11,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,600</x:t>
-[...377 lines deleted...]
-          <x:t>10,950</x:t>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>