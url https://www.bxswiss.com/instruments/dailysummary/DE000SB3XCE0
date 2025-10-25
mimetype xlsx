--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02914ebb284640ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c09f333811d45ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f5380f80144a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a39fa16ec4b483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac78c38a04b462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f5380f80144a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d6e049e9fa84a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a39fa16ec4b483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>26,455</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,075</x:t>
-[...53 lines deleted...]
-          <x:t>26,565</x:t>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,855</x:t>
-[...53 lines deleted...]
-          <x:t>29,095</x:t>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,415</x:t>
-[...107 lines deleted...]
-          <x:t>31,030</x:t>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>