--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c09f333811d45ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ba57759aea4199" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a39fa16ec4b483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c90d87abc4e4822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d6e049e9fa84a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a39fa16ec4b483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41f06e19db241a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c90d87abc4e4822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,855</x:t>
-[...53 lines deleted...]
-          <x:t>29,095</x:t>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,415</x:t>
-[...124 lines deleted...]
-          <x:t>31,200</x:t>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,710</x:t>
-[...377 lines deleted...]
-          <x:t>31,310</x:t>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>