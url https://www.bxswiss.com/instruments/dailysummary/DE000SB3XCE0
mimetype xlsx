--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ba57759aea4199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra933030efaed4f68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c90d87abc4e4822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6237671e3eb047a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41f06e19db241a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c90d87abc4e4822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d514ccb00214ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6237671e3eb047a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>28,630</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>29,100</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>