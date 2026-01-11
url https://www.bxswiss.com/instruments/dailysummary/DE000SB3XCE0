--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra933030efaed4f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47d7919460543f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6237671e3eb047a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd6b92cbeec47ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d514ccb00214ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6237671e3eb047a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c03868f8bff4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd6b92cbeec47ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>29,760</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,535</x:t>
-[...43 lines deleted...]
-          <x:t>29,140</x:t>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,940</x:t>
-[...355 lines deleted...]
-          <x:t>28,775</x:t>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>