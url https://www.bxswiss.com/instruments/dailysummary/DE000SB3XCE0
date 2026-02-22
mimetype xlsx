--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47d7919460543f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e0b899cbfe4f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd6b92cbeec47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d973e82e04a4608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c03868f8bff4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd6b92cbeec47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5212c23e39cb4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d973e82e04a4608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,490</x:t>
-[...80 lines deleted...]
-          <x:t>30,430</x:t>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,340</x:t>
-[...350 lines deleted...]
-          <x:t>32,635</x:t>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>