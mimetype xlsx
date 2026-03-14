--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e0b899cbfe4f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d240a1f6b9a4e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d973e82e04a4608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20083ef369784982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5212c23e39cb4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d973e82e04a4608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f24757fb91344b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20083ef369784982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>28,625</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,345</x:t>
-[...593 lines deleted...]
-          <x:t>26,795</x:t>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>