--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc5c4db5d5b47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1feadf61d34b415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7776ccc77f48cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0199b852c4494a50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46bbe13171224119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7776ccc77f48cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cf7a5b35a449e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0199b852c4494a50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...48 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>1,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>