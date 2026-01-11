--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1feadf61d34b415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317b51b87baf40f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0199b852c4494a50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f7594a1f344f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cf7a5b35a449e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0199b852c4494a50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0e807f3a224e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f7594a1f344f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,155</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>