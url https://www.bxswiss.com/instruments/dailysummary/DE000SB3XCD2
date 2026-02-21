--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317b51b87baf40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf127527b10414345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f7594a1f344f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f29f7a2bcc494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0e807f3a224e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f7594a1f344f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db218fd9c27447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f29f7a2bcc494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...21 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>1,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>