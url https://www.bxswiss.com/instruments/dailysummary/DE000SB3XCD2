--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf127527b10414345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb535b542354527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f29f7a2bcc494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b1d4a4360b4932"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db218fd9c27447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f29f7a2bcc494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4cb21e33d1416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b1d4a4360b4932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,820</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,749</x:t>
-[...16 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,797</x:t>
-[...151 lines deleted...]
-          <x:t>0,753</x:t>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,709</x:t>
-[...107 lines deleted...]
-          <x:t>0,771</x:t>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>