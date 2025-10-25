--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b21a7cd765c40a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794445b0e35d4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671c9037ba6d4a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1f75e846964809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34203c914cc04056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671c9037ba6d4a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c01ed9d784b406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1f75e846964809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,015</x:t>
-[...31 lines deleted...]
-          <x:t>28,725</x:t>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,875</x:t>
-[...225 lines deleted...]
-          <x:t>32,245</x:t>
+          <x:t>32,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>