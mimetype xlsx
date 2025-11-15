--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794445b0e35d4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044b8e0832174e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1f75e846964809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb49c742a094eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c01ed9d784b406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1f75e846964809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e7bd763a974f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb49c742a094eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,875</x:t>
-[...232 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,510</x:t>
-[...387 lines deleted...]
-          <x:t>32,985</x:t>
+          <x:t>33,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>