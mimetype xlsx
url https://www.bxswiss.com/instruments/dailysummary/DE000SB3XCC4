--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044b8e0832174e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaa7d7187ff4673" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb49c742a094eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e2ae2ceb6d4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e7bd763a974f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb49c742a094eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be43316707e4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e2ae2ceb6d4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>36,670</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>35,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,695</x:t>
-[...328 lines deleted...]
-          <x:t>31,840</x:t>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>