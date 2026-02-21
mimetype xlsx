--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaa7d7187ff4673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe36b9c5138417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e2ae2ceb6d4be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7282515393b64b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be43316707e4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e2ae2ceb6d4be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0037818ae314a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7282515393b64b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>33,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>39,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,375</x:t>
-[...107 lines deleted...]
-          <x:t>42,140</x:t>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>