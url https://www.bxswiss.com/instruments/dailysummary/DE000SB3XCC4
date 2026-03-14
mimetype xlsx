--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe36b9c5138417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a847abb472f493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7282515393b64b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1c3278e1ff43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0037818ae314a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7282515393b64b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099adf0ef1ac4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1c3278e1ff43dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>