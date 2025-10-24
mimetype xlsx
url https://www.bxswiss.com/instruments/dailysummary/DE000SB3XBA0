--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003a520e758d48d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ea94a6d4c8414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981e33ad40ba4c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb11cb0f01b4714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae06788bfa4457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981e33ad40ba4c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10389fe00404a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb11cb0f01b4714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,472</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,472</x:t>
-[...151 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>0,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>