--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ea94a6d4c8414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf666a296cb414547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb11cb0f01b4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd511e673791e4fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10389fe00404a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb11cb0f01b4714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ac8953f9364e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd511e673791e4fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,386</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,439</x:t>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,371</x:t>
-[...53 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,364</x:t>
-[...431 lines deleted...]
-          <x:t>0,395</x:t>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>