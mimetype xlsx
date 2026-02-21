--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf666a296cb414547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b3e7bda8c54de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd511e673791e4fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f4652e780341f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ac8953f9364e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd511e673791e4fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c8d127b9d94909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f4652e780341f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,469</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,468</x:t>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,534</x:t>
-[...279 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>