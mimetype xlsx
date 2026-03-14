--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b3e7bda8c54de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be1f3b209ba41e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f4652e780341f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e56a6edc3a47ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c8d127b9d94909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f4652e780341f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d68e97c70b40dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e56a6edc3a47ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,506</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>0,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,561</x:t>
-[...409 lines deleted...]
-          <x:t>0,657</x:t>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>