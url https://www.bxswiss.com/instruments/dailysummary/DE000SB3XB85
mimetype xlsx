--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf51c668b4044491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772464c9e26f4282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0185006d9ade423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaf273e06fd14f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d47dfdba0647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0185006d9ade423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1f6df0440e4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaf273e06fd14f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>