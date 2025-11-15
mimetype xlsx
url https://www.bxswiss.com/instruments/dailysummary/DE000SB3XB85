--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772464c9e26f4282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd48cb50c9d4963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaf273e06fd14f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bde20a640a14881"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1f6df0440e4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaf273e06fd14f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c9b95aeb884438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bde20a640a14881" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>80,220</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,890</x:t>
-[...134 lines deleted...]
-          <x:t>67,230</x:t>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>76,875</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>