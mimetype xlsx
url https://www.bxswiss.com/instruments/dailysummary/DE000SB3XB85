--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd48cb50c9d4963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315c3c7fcfff460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bde20a640a14881"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e0334682bf646f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c9b95aeb884438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bde20a640a14881" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74a24d8aebf4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e0334682bf646f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>79,465</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,735</x:t>
-[...215 lines deleted...]
-          <x:t>78,830</x:t>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>77,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>