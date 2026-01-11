--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315c3c7fcfff460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fed71a0a34468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e0334682bf646f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f65164aeb964edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74a24d8aebf4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e0334682bf646f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7568b3f35db44eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f65164aeb964edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,835</x:t>
-[...124 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,980</x:t>
-[...43 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>78,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>