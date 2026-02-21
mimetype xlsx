--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fed71a0a34468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6755f1ef750b442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f65164aeb964edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1641b50d5b34ed1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7568b3f35db44eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f65164aeb964edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902c08fc2bc04cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1641b50d5b34ed1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>79,990</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>86,990</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>