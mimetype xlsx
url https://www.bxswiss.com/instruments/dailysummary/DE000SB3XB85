--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6755f1ef750b442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7233e348077c47bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1641b50d5b34ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95e0059bc824ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902c08fc2bc04cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1641b50d5b34ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf008dc4b0e4041a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95e0059bc824ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>76,975</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>