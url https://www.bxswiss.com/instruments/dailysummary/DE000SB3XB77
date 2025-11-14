--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf832b24bd0a483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3896745656e64772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b6106479614c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b10d9cb32f4707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e23438d23af4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b6106479614c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd608b52e85f8432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b10d9cb32f4707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>15,845</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>15,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,775</x:t>
-[...48 lines deleted...]
-          <x:t>15,755</x:t>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>16,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>