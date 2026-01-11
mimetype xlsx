--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3896745656e64772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce254d507774f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b10d9cb32f4707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re563b9dd30d5448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd608b52e85f8432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b10d9cb32f4707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd81d476f104fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re563b9dd30d5448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>15,325</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>16,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,100</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>16,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>