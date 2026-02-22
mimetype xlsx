--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce254d507774f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560583aa63864d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re563b9dd30d5448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62124765ac944ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd81d476f104fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re563b9dd30d5448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra648072636234192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62124765ac944ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>14,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>16,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,235</x:t>
-[...21 lines deleted...]
-          <x:t>15,685</x:t>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>17,100</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>