--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560583aa63864d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea8731557c84f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62124765ac944ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b274a404a8466d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra648072636234192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62124765ac944ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63a83e5ca824ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b274a404a8466d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>13,315</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,595</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>12,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>13,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,065</x:t>
-[...53 lines deleted...]
-          <x:t>12,795</x:t>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>