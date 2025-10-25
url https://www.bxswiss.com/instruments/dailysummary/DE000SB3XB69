--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7efac7648a3e4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357e05a1944c4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40474bbbaf0c4009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6837077f48074a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ea412a588d4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40474bbbaf0c4009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f5b8ac2cfa4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6837077f48074a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>54,480</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,370</x:t>
-[...571 lines deleted...]
-          <x:t>65,010</x:t>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>