--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357e05a1944c4374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a4ca6726444599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6837077f48074a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251b5b9ea5084fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f5b8ac2cfa4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6837077f48074a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c66ff6b3a2341b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251b5b9ea5084fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>64,180</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,100</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>65,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,530</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>