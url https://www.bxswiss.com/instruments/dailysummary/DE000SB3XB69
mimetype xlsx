--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a4ca6726444599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0045c7db33eb407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251b5b9ea5084fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9543c043b9e4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c66ff6b3a2341b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251b5b9ea5084fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee67221580e4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9543c043b9e4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>72,215</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,685</x:t>
-[...350 lines deleted...]
-          <x:t>65,215</x:t>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>