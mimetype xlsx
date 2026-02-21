--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0045c7db33eb407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24160cc85bbd4970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9543c043b9e4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447296e841344525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee67221580e4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9543c043b9e4b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5284b53f5804476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447296e841344525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>81,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>