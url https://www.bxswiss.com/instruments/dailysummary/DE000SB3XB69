--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24160cc85bbd4970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3486410828b04fdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447296e841344525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8213c7d5b8ce400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5284b53f5804476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447296e841344525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f291f793bcf45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8213c7d5b8ce400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>73,820</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,540</x:t>
-[...458 lines deleted...]
-          <x:t>74,735</x:t>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>