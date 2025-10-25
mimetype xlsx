--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c11a5a76a4c40af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34425259e3ac4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a378c900c464bc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64f9d69db034b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0545146ace0d47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a378c900c464bc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d41dc8178204d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64f9d69db034b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,810</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,812</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,791</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,789</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,767</x:t>
-[...92 lines deleted...]
-          <x:t>0,749</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,730</x:t>
-[...220 lines deleted...]
-          <x:t>0,727</x:t>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>