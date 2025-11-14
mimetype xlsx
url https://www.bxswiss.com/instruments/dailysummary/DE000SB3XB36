--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34425259e3ac4ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e8c57be1eb4f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64f9d69db034b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98a72237ccb487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d41dc8178204d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64f9d69db034b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386685fd33c54b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98a72237ccb487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,749</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,743</x:t>
-[...97 lines deleted...]
-          <x:t>0,772</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,770</x:t>
-[...195 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>0,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>0,700</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>