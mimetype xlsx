--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e8c57be1eb4f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6edb88adfb4b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98a72237ccb487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93adc20fc9fa40bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386685fd33c54b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98a72237ccb487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5299298fa2524766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93adc20fc9fa40bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,803</x:t>
-[...26 lines deleted...]
-          <x:t>0,824</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>0,716</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,686</x:t>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,683</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...6 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,699</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,698</x:t>
-[...252 lines deleted...]
-          <x:t>0,663</x:t>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>