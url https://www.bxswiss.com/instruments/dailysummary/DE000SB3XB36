--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6edb88adfb4b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e39a48e27e1499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93adc20fc9fa40bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1003bf470b944094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5299298fa2524766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93adc20fc9fa40bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9755b9f0d64bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1003bf470b944094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,677</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,688</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,666</x:t>
-[...139 lines deleted...]
-          <x:t>0,617</x:t>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,628</x:t>
-[...144 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>