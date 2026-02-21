--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e39a48e27e1499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4fbb9373018409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1003bf470b944094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56094cf074c94e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9755b9f0d64bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1003bf470b944094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00452e0decd4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56094cf074c94e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,636</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...6 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,590</x:t>
-[...80 lines deleted...]
-          <x:t>0,582</x:t>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>