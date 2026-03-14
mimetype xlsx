--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4fbb9373018409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7e12b149fe44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56094cf074c94e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59fbb29a9b38458c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00452e0decd4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56094cf074c94e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c58d770b83d4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59fbb29a9b38458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,596</x:t>
-[...598 lines deleted...]
-          <x:t>0,560</x:t>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>