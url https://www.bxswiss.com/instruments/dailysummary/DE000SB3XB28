--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3461641a8d046f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2573234be549ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca2e5808c4a465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9431a9e66da94448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f7324a11e94335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca2e5808c4a465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3ef50bc8fa4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9431a9e66da94448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>92,270</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>96,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,530</x:t>
-[...38 lines deleted...]
-          <x:t>92,960</x:t>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,970</x:t>
-[...129 lines deleted...]
-          <x:t>98,140</x:t>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,690</x:t>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>