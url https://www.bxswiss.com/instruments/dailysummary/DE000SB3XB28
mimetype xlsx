--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2573234be549ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372d3dad36e04cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9431a9e66da94448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6f7cdc2193d4bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3ef50bc8fa4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9431a9e66da94448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a79736b76bd41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6f7cdc2193d4bcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>95,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>