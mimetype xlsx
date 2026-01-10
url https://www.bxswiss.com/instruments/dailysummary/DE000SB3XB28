--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372d3dad36e04cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re659340e37484b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6f7cdc2193d4bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a220de6912249bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a79736b76bd41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6f7cdc2193d4bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22588fe7141344fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a220de6912249bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>99,270</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>98,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>