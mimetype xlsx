--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re659340e37484b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d09620bd454ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a220de6912249bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681204145eeb4380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22588fe7141344fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a220de6912249bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31517fc3231b4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681204145eeb4380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>100,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>105,870</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>