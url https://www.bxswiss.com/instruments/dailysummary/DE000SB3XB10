--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52affbf979984fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73f44981a3434502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba733261e73443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00924cff5b7a4357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4a15d9f36f4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba733261e73443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fc635e5d2940f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00924cff5b7a4357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>