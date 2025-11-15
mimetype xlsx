--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73f44981a3434502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc274d2ce2ee34d0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00924cff5b7a4357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6660fdce704310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fc635e5d2940f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00924cff5b7a4357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fdc2e08f9940fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6660fdce704310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>60,280</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,200</x:t>
-[...92 lines deleted...]
-          <x:t>59,400</x:t>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>61,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>59,330</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>