--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc274d2ce2ee34d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f5d36a85e44680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6660fdce704310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fab9c471c74646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fdc2e08f9940fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6660fdce704310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1953568b1d114d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fab9c471c74646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>60,740</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,960</x:t>
-[...458 lines deleted...]
-          <x:t>58,850</x:t>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>