--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f5d36a85e44680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36677d2b1d0b4cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fab9c471c74646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c3c5af4350347e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1953568b1d114d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fab9c471c74646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071d800fb0e041f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c3c5af4350347e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>61,770</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>55,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,105</x:t>
-[...48 lines deleted...]
-          <x:t>57,285</x:t>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,785</x:t>
-[...269 lines deleted...]
-          <x:t>62,150</x:t>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>