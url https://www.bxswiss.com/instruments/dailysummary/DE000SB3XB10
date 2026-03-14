--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36677d2b1d0b4cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48e482d72394b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c3c5af4350347e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb977fcfa8e40486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071d800fb0e041f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c3c5af4350347e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc154b27238174ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb977fcfa8e40486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nasdaq-100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>52,475</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>51,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>