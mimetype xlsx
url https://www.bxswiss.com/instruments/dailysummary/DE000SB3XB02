--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra867793b9e3540fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71ed77f93c64942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408969cad2a34d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31535c21b10417d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8015f1723a014d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408969cad2a34d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90bf3fa742634aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31535c21b10417d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>74,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>