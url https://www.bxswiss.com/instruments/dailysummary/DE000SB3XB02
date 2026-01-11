--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71ed77f93c64942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ce9562494042f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31535c21b10417d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acf344c2e284cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90bf3fa742634aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31535c21b10417d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d5483151ab40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acf344c2e284cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>