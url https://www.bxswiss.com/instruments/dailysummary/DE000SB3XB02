--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ce9562494042f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d19cc4b0f97427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acf344c2e284cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246be17c382342c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d5483151ab40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acf344c2e284cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcfd18d746e0438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246be17c382342c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>83,750</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>79,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,400</x:t>
-[...65 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,000</x:t>
-[...63 lines deleted...]
-          <x:t>87,210</x:t>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>