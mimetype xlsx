--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d19cc4b0f97427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06ffbeca18ab4249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246be17c382342c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17137cf338c41f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcfd18d746e0438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246be17c382342c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b1cce3dc3c4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17137cf338c41f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Dow Jones Industrial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XB02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>81,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,150</x:t>
-[...625 lines deleted...]
-          <x:t>81,880</x:t>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>