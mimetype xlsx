--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b5b70d67e64753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552bcf842792458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5804760a6ca4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c982d4c556499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a924d5d38ab4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5804760a6ca4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59aaa6da8def450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c982d4c556499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,090</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,089</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,107</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,146</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,135</x:t>
-[...4 lines deleted...]
-          <x:t>0,143</x:t>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>