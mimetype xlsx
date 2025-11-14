--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552bcf842792458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef1a050ce684687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c982d4c556499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70941eda224a4b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59aaa6da8def450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c982d4c556499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf27988f624464c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70941eda224a4b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,104</x:t>
-[...151 lines deleted...]
-          <x:t>0,111</x:t>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,106</x:t>
-[...16 lines deleted...]
-          <x:t>0,131</x:t>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,131</x:t>
-[...232 lines deleted...]
-          <x:t>0,135</x:t>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,132</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,153</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,129</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,151</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>