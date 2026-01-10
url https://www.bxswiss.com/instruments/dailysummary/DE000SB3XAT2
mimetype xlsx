--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef1a050ce684687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186b4498b79f48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70941eda224a4b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94bf7eedbf9d4ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf27988f624464c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70941eda224a4b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb001a7693e4046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94bf7eedbf9d4ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,113</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,104</x:t>
-[...48 lines deleted...]
-          <x:t>0,141</x:t>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,136</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,129</x:t>
-[...65 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>0,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,159</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>0,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>