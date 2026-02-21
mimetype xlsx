--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186b4498b79f48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf900de1adde4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94bf7eedbf9d4ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e820979d954ac0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb001a7693e4046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94bf7eedbf9d4ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523a4d081e6940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e820979d954ac0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,118</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,111</x:t>
-[...134 lines deleted...]
-          <x:t>0,119</x:t>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,127</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,140</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,122</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,159</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>