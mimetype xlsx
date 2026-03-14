--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf900de1adde4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a7bc77a13848e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e820979d954ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd022b45ada7c446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523a4d081e6940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e820979d954ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc6c3c577d8413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd022b45ada7c446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,101</x:t>
-[...593 lines deleted...]
-          <x:t>0,172</x:t>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>