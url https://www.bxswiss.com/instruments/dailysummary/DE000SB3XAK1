--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc903faca86ee475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5894f05c31b41e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3392d2867fcc4127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f03563b3b3a4e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45e95b007ab4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3392d2867fcc4127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed34446fb84407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f03563b3b3a4e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,930</x:t>
-[...97 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,100</x:t>
-[...313 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,460</x:t>
-[...36 lines deleted...]
-          <x:t>4,310</x:t>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>