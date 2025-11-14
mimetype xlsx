--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5894f05c31b41e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900f619b3289425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f03563b3b3a4e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59a50e557154078"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed34446fb84407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f03563b3b3a4e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18123964eda245bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59a50e557154078" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,105</x:t>
-[...58 lines deleted...]
-          <x:t>3,300</x:t>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,130</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,130</x:t>
-[...16 lines deleted...]
-          <x:t>4,430</x:t>
+          <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>4,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>