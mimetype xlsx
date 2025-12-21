--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900f619b3289425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fe154ebb5e4059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59a50e557154078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db36c5c78a24557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18123964eda245bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59a50e557154078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea8665237ec43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db36c5c78a24557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,500</x:t>
-[...31 lines deleted...]
-          <x:t>3,780</x:t>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,370</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>4,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>