--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fe154ebb5e4059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a0c674dfe1f494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db36c5c78a24557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3a7350f0eea4fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea8665237ec43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db36c5c78a24557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddad0a8205244ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3a7350f0eea4fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>3,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,620</x:t>
-[...97 lines deleted...]
-          <x:t>4,060</x:t>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,860</x:t>
-[...16 lines deleted...]
-          <x:t>4,220</x:t>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>4,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>