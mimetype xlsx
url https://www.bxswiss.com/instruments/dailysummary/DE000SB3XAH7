--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5aa6976f075408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13489997bf114db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a3aefd846054c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50fd5606d7534e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0adf3c163864964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a3aefd846054c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0896e0a689c84432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50fd5606d7534e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,170</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>3,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>