--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13489997bf114db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae980e0f66c4b35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50fd5606d7534e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a35b251fcb64561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0896e0a689c84432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50fd5606d7534e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1447c94a34d548ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a35b251fcb64561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,685</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,110</x:t>
-[...360 lines deleted...]
-          <x:t>3,790</x:t>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>