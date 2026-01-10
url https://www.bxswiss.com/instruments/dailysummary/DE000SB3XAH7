--- v2 (2025-11-16)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae980e0f66c4b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147da11714244e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a35b251fcb64561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c9003261684c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1447c94a34d548ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a35b251fcb64561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9329ce45311747dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c9003261684c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,320</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,270</x:t>
-[...124 lines deleted...]
-          <x:t>3,820</x:t>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,690</x:t>
-[...463 lines deleted...]
-          <x:t>3,360</x:t>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>