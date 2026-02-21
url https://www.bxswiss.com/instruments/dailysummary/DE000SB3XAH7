--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147da11714244e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0844714643a74285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c9003261684c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e4f7cc3e4b49bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9329ce45311747dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c9003261684c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1304d7acfb34287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e4f7cc3e4b49bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,680</x:t>
-[...146 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>3,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,895</x:t>
-[...43 lines deleted...]
-          <x:t>2,910</x:t>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,570</x:t>
-[...26 lines deleted...]
-          <x:t>3,510</x:t>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,450</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>3,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>3,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>