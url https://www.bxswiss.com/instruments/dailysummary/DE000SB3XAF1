--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbca4c2818b4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f5a6e2dfb8c4765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1be343e76446f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b4cba7badb4585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6416331cb9a84314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1be343e76446f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c74c4019b8441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b4cba7badb4585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,271</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,273</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,231</x:t>
-[...53 lines deleted...]
-          <x:t>0,233</x:t>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,261</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>