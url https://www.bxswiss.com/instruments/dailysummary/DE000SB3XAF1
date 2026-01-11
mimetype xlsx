--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f5a6e2dfb8c4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36038d044f04c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b4cba7badb4585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56476f5d4cc4fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c74c4019b8441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b4cba7badb4585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68286537626e4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56476f5d4cc4fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,266</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,287</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,278</x:t>
-[...43 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,263</x:t>
-[...97 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,249</x:t>
-[...16 lines deleted...]
-          <x:t>0,252</x:t>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,242</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>