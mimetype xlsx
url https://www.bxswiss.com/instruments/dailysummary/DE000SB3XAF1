--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36038d044f04c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17fbabd2021a4b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56476f5d4cc4fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166461b8ae374f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68286537626e4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56476f5d4cc4fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3941ea6615374bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166461b8ae374f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
-[...16 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...306 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>