--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c85e3a1c5b34ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8464ff2724544bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a25b18be0b44d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2985cabd7694153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c47d80ecb349d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a25b18be0b44d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba537345eb004562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2985cabd7694153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,580</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>2,315</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>2,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>