--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8464ff2724544bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a08e47d0c94440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2985cabd7694153"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3158a1c3a3804cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba537345eb004562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2985cabd7694153" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fbfb5dcc18441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3158a1c3a3804cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,150</x:t>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,140</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,140</x:t>
-[...188 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>