--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a08e47d0c94440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ca5b9844e468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3158a1c3a3804cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd18962d5b014697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fbfb5dcc18441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3158a1c3a3804cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439d911cda404545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd18962d5b014697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...38 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,475</x:t>
-[...11 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,660</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>1,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>