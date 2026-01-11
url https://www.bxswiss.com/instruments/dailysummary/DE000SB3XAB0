--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ca5b9844e468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07bbd18eeb9a4d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd18962d5b014697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81923ca71f394c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439d911cda404545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd18962d5b014697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc982a6bfc62c4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81923ca71f394c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,410</x:t>
-[...11 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,590</x:t>
-[...38 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...97 lines deleted...]
-          <x:t>1,755</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,720</x:t>
-[...274 lines deleted...]
-          <x:t>1,660</x:t>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>