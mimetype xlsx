--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07bbd18eeb9a4d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640eea1c673a4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81923ca71f394c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd5a515ddaa4e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc982a6bfc62c4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81923ca71f394c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203445f810694a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd5a515ddaa4e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>2,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>