--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640eea1c673a4e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9207eb42b63477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd5a515ddaa4e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf21a75ceb244ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203445f810694a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd5a515ddaa4e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac31bc0e3cf74497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf21a75ceb244ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
-[...4 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>22.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,040</x:t>
-[...151 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,640</x:t>
-[...253 lines deleted...]
-        <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...144 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>