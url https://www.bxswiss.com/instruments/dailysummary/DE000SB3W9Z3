--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66fd12a3a1bb4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e6f1ef35354aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ccec49c1de44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R858e25382db24305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2f4d45ec7e4f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ccec49c1de44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re103c583f5554bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R858e25382db24305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,320</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>