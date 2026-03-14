--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e6f1ef35354aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b371abdbe54e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R858e25382db24305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac9c93c3c1584fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re103c583f5554bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R858e25382db24305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3927af37f0417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac9c93c3c1584fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,910</x:t>
-[...85 lines deleted...]
-          <x:t>117,800</x:t>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,950</x:t>
-[...90 lines deleted...]
-          <x:t>127,520</x:t>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>